--- v0 (2025-12-16)
+++ v1 (2026-02-04)
@@ -1113,81 +1113,69 @@
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="78846A47" w14:textId="77777777" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Neve rövidítések nélkül:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AEE1571" w14:textId="5C002D59" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="6AB9360A" w14:textId="09049735" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="009F6ECF" w:rsidP="000326AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="hu-HU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F6ECF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>Közlekedéstudományi Intézet</w:t>
+              <w:t xml:space="preserve">Közlekedéstudományi és Építésügyi Minőségellenőrző Intézet </w:t>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3772" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5E5AFAFE" w14:textId="77777777" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
@@ -7423,73 +7411,73 @@
       <w:tblGrid>
         <w:gridCol w:w="328"/>
         <w:gridCol w:w="546"/>
         <w:gridCol w:w="2338"/>
         <w:gridCol w:w="4270"/>
         <w:gridCol w:w="1598"/>
       </w:tblGrid>
       <w:tr w:rsidR="000326AD" w:rsidRPr="000326AD" w14:paraId="11909DB6" w14:textId="77777777" w:rsidTr="00C6044D">
         <w:trPr>
           <w:trHeight w:val="255"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9080" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="66342BC3" w14:textId="77AF35FE" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
+          <w:p w14:paraId="66342BC3" w14:textId="25634018" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Dátum: 202</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="009F6ECF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A7FBD5D" w14:textId="77777777" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
@@ -18819,154 +18807,154 @@
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7A7AAE22" w14:textId="77777777" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Képzés kezdete:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F7757EB" w14:textId="6CD7BCFF" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
+          <w:p w14:paraId="4F7757EB" w14:textId="42040BD2" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="009F6ECF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3074BF18" w14:textId="77777777" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Képzés terv.vége:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09D3C4B4" w14:textId="132304A6" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
+          <w:p w14:paraId="09D3C4B4" w14:textId="1394FCD2" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="009F6ECF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>.___</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000326AD" w:rsidRPr="000326AD" w14:paraId="6FDD1CBC" w14:textId="77777777" w:rsidTr="00C6044D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7043" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -19017,81 +19005,81 @@
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F34E76B" w14:textId="77777777" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Napja:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B9EE071" w14:textId="6B205247" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
+          <w:p w14:paraId="5B9EE071" w14:textId="6B1C262F" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="009F6ECF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79153088" w14:textId="77777777" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -26265,166 +26253,166 @@
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="47BFFEBB" w14:textId="77777777" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Képzés kezdete:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B9C35BC" w14:textId="1B308975" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
+          <w:p w14:paraId="2B9C35BC" w14:textId="21EABB6D" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="009F6ECF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22C6330F" w14:textId="77777777" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Képzés terv.vége:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28A17E0C" w14:textId="5B88DCCE" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
+          <w:p w14:paraId="28A17E0C" w14:textId="0EA078B4" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="009F6ECF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
-              <w:t>.___</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000326AD" w:rsidRPr="000326AD" w14:paraId="77A0CD45" w14:textId="77777777" w:rsidTr="00C6044D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6921" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3D9500F1" w14:textId="77777777" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -26476,80 +26464,80 @@
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A724145" w14:textId="77777777" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>Napja:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C3EC8E2" w14:textId="069D96FA" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
+          <w:p w14:paraId="7C3EC8E2" w14:textId="5B0BAF6B" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="009F6ECF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="000326AD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
               <w:t>.___</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FAD779F" w14:textId="77777777" w:rsidR="000326AD" w:rsidRPr="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="hu-HU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -33393,238 +33381,238 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AA55EE5" w14:textId="77777777" w:rsidR="004F5A09" w:rsidRPr="004F5A09" w:rsidRDefault="004F5A09" w:rsidP="004F5A09"/>
     <w:sectPr w:rsidR="004F5A09" w:rsidRPr="004F5A09" w:rsidSect="00410176">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="1587" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6B5AE2D4" w14:textId="77777777" w:rsidR="00D4020F" w:rsidRDefault="00D4020F" w:rsidP="00F27E2A">
+    <w:p w14:paraId="4C5FDE25" w14:textId="77777777" w:rsidR="008A0B16" w:rsidRDefault="008A0B16" w:rsidP="00F27E2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="214AB367" w14:textId="77777777" w:rsidR="00D4020F" w:rsidRDefault="00D4020F" w:rsidP="00F27E2A">
+    <w:p w14:paraId="0D42CB92" w14:textId="77777777" w:rsidR="008A0B16" w:rsidRDefault="008A0B16" w:rsidP="00F27E2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="0214456F" w14:textId="77777777" w:rsidR="000326AD" w:rsidRDefault="000326AD" w:rsidP="000326AD">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00A95ECC">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Felnőttképzési nyilvántartási szám: B/2020/000327, Felnőttképzési engedélyszám: E/2020/000428</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2B240802" w14:textId="33B6ACE9" w:rsidR="00F27E2A" w:rsidRDefault="00F27E2A">
     <w:pPr>
       <w:pStyle w:val="llb"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="332F29BC" w14:textId="77777777" w:rsidR="00D4020F" w:rsidRDefault="00D4020F" w:rsidP="00F27E2A">
+    <w:p w14:paraId="703499D7" w14:textId="77777777" w:rsidR="008A0B16" w:rsidRDefault="008A0B16" w:rsidP="00F27E2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="270173B6" w14:textId="77777777" w:rsidR="00D4020F" w:rsidRDefault="00D4020F" w:rsidP="00F27E2A">
+    <w:p w14:paraId="448D533D" w14:textId="77777777" w:rsidR="008A0B16" w:rsidRDefault="008A0B16" w:rsidP="00F27E2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="76B3EAE7" w14:textId="32109FC4" w:rsidR="00F27E2A" w:rsidRDefault="00410176">
+  <w:p w14:paraId="76B3EAE7" w14:textId="14E5DD14" w:rsidR="00F27E2A" w:rsidRDefault="009F6ECF">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42CDE603" wp14:editId="0E917E14">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="515F0E8C" wp14:editId="08EB7672">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="margin">
-            <wp:align>center</wp:align>
+          <wp:positionH relativeFrom="page">
+            <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="margin">
-            <wp:posOffset>-1009015</wp:posOffset>
+            <wp:posOffset>-955675</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="6736715" cy="836930"/>
-[...2 lines deleted...]
-          <wp:docPr id="1992905829" name="Kép 1" descr="A képen szöveg, képernyőkép, Betűtípus, sor látható&#10;&#10;Automatikusan generált leírás"/>
+          <wp:extent cx="7643495" cy="949325"/>
+          <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+          <wp:wrapNone/>
+          <wp:docPr id="730374846" name="Kép 1" descr="A képen szöveg, sor, Betűtípus, képernyőkép látható&#10;&#10;Automatikusan generált leírás"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1992905829" name="Kép 1" descr="A képen szöveg, képernyőkép, Betűtípus, sor látható&#10;&#10;Automatikusan generált leírás"/>
+                  <pic:cNvPr id="730374846" name="Kép 1" descr="A képen szöveg, sor, Betűtípus, képernyőkép látható&#10;&#10;Automatikusan generált leírás"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="6736715" cy="836930"/>
+                    <a:ext cx="7643495" cy="949325"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04902F8E"/>
@@ -36584,55 +36572,58 @@
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F27E2A"/>
     <w:rsid w:val="000326AD"/>
     <w:rsid w:val="00090CAA"/>
     <w:rsid w:val="000965B8"/>
     <w:rsid w:val="000E3476"/>
     <w:rsid w:val="001050EB"/>
     <w:rsid w:val="00144818"/>
     <w:rsid w:val="00235980"/>
     <w:rsid w:val="002804A9"/>
     <w:rsid w:val="003053A9"/>
+    <w:rsid w:val="00332FFA"/>
     <w:rsid w:val="003F5D34"/>
     <w:rsid w:val="00410176"/>
     <w:rsid w:val="004F5A09"/>
     <w:rsid w:val="00593CDD"/>
     <w:rsid w:val="008725B2"/>
+    <w:rsid w:val="008A0B16"/>
+    <w:rsid w:val="009F6ECF"/>
     <w:rsid w:val="00BF35B9"/>
     <w:rsid w:val="00C83A73"/>
     <w:rsid w:val="00CC27F0"/>
     <w:rsid w:val="00D4020F"/>
     <w:rsid w:val="00D66FDB"/>
     <w:rsid w:val="00E01E30"/>
     <w:rsid w:val="00EB37D4"/>
     <w:rsid w:val="00ED7C3D"/>
     <w:rsid w:val="00F27E2A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -37632,70 +37623,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E97A73E3-3717-41F0-A816-1F3C1915D4D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>663</Words>
-  <Characters>4581</Characters>
+  <Words>667</Words>
+  <Characters>4605</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Cím</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>KTI Közlekedéstudományi Intézet Nonprofit Kft.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5234</CharactersWithSpaces>
+  <CharactersWithSpaces>5262</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Bettina Alscher</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>